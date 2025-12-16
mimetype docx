--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -14,131 +14,131 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:b/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_737223705"/>
+            <w:name w:val="__Fieldmark__0_2976295055"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_737223705"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_737223705"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2976295055"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2976295055"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>DICHIARAZIONE SOSTITUTIVA DI CERTIFICAZIONE</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_737223705"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2976295055"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:i/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_737223705"/>
+            <w:name w:val="__Fieldmark__1_2976295055"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_737223705"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_737223705"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2976295055"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2976295055"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(Art. 46 D.P.R. n. 445 del 28.12.2000)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_737223705"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2976295055"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -334,76 +334,76 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognome </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__2_737223705"/>
+                  <w:name w:val="__Fieldmark__2_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_737223705"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_737223705"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2976295055"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2976295055"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_737223705"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2976295055"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4734" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -418,77 +418,77 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__3_737223705"/>
+                  <w:name w:val="__Fieldmark__3_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_737223705"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_737223705"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2976295055"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2976295055"/>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_737223705"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2976295055"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2847" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
@@ -507,75 +507,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Data di nascita </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__4_737223705"/>
+                  <w:name w:val="__Fieldmark__4_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_737223705"/>
-            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_737223705"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2976295055"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2976295055"/>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_737223705"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2976295055"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4185" w:type="dxa"/>
@@ -595,75 +595,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cittadinanza </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__5_737223705"/>
+                  <w:name w:val="__Fieldmark__5_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_737223705"/>
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_737223705"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2976295055"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2976295055"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_737223705"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2976295055"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -692,93 +692,93 @@
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sesso  </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_737223705"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_737223705"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2976295055"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2976295055"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2976295055"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> M        </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_737223705"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_737223705"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2976295055"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2976295055"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2976295055"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> F</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
@@ -801,75 +801,75 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Stato di nascita </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__8_737223705"/>
+                  <w:name w:val="__Fieldmark__8_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_737223705"/>
-            <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_737223705"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2976295055"/>
+            <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2976295055"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_737223705"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2976295055"/>
             <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4347" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -880,75 +880,75 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comune di nascita </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__9_737223705"/>
+                  <w:name w:val="__Fieldmark__9_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_737223705"/>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_737223705"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2976295055"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2976295055"/>
             <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_737223705"/>
+            <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2976295055"/>
             <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -960,75 +960,75 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prov. </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_737223705"/>
+                  <w:name w:val="__Fieldmark__10_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_737223705"/>
-            <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_737223705"/>
+            <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2976295055"/>
+            <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2976295055"/>
             <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_737223705"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2976295055"/>
             <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -1076,1205 +1076,1205 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_737223705"/>
+                  <w:name w:val="__Fieldmark__11_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_737223705"/>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_737223705"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2976295055"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2976295055"/>
             <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_737223705"/>
+            <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2976295055"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__12_737223705"/>
+                  <w:name w:val="__Fieldmark__12_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_737223705"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_737223705"/>
+            <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2976295055"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2976295055"/>
             <w:bookmarkEnd w:id="37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_737223705"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2976295055"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__13_737223705"/>
+                  <w:name w:val="__Fieldmark__13_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_737223705"/>
-            <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_737223705"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2976295055"/>
+            <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2976295055"/>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_737223705"/>
+            <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2976295055"/>
             <w:bookmarkEnd w:id="41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__14_737223705"/>
+                  <w:name w:val="__Fieldmark__14_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_737223705"/>
-            <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_737223705"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2976295055"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2976295055"/>
             <w:bookmarkEnd w:id="43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_737223705"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2976295055"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__15_737223705"/>
+                  <w:name w:val="__Fieldmark__15_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_737223705"/>
-            <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_737223705"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2976295055"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_2976295055"/>
             <w:bookmarkEnd w:id="46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_737223705"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2976295055"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__16_737223705"/>
+                  <w:name w:val="__Fieldmark__16_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_737223705"/>
-            <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_737223705"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2976295055"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_2976295055"/>
             <w:bookmarkEnd w:id="49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_737223705"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2976295055"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__17_737223705"/>
+                  <w:name w:val="__Fieldmark__17_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_737223705"/>
-            <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_737223705"/>
+            <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2976295055"/>
+            <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2976295055"/>
             <w:bookmarkEnd w:id="52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_737223705"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2976295055"/>
             <w:bookmarkEnd w:id="53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__18_737223705"/>
+                  <w:name w:val="__Fieldmark__18_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_737223705"/>
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_737223705"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2976295055"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_2976295055"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_737223705"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2976295055"/>
             <w:bookmarkEnd w:id="56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__19_737223705"/>
+                  <w:name w:val="__Fieldmark__19_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_737223705"/>
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_737223705"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2976295055"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_2976295055"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_737223705"/>
+            <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2976295055"/>
             <w:bookmarkEnd w:id="59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__20_737223705"/>
+                  <w:name w:val="__Fieldmark__20_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_737223705"/>
-            <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_737223705"/>
+            <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2976295055"/>
+            <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_2976295055"/>
             <w:bookmarkEnd w:id="61"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_737223705"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2976295055"/>
             <w:bookmarkEnd w:id="62"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_737223705"/>
+                  <w:name w:val="__Fieldmark__21_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_737223705"/>
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_737223705"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2976295055"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_2976295055"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_737223705"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2976295055"/>
             <w:bookmarkEnd w:id="65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__22_737223705"/>
+                  <w:name w:val="__Fieldmark__22_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_737223705"/>
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_737223705"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_2976295055"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_2976295055"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_737223705"/>
+            <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_2976295055"/>
             <w:bookmarkEnd w:id="68"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__23_737223705"/>
+                  <w:name w:val="__Fieldmark__23_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_737223705"/>
-            <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_737223705"/>
+            <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_2976295055"/>
+            <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_2976295055"/>
             <w:bookmarkEnd w:id="70"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_737223705"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_2976295055"/>
             <w:bookmarkEnd w:id="71"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__24_737223705"/>
+                  <w:name w:val="__Fieldmark__24_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_737223705"/>
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_737223705"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_2976295055"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_2976295055"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_737223705"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_2976295055"/>
             <w:bookmarkEnd w:id="74"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__25_737223705"/>
+                  <w:name w:val="__Fieldmark__25_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_737223705"/>
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_737223705"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_2976295055"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_2976295055"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_737223705"/>
+            <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_2976295055"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__26_737223705"/>
+                  <w:name w:val="__Fieldmark__26_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_737223705"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_737223705"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_2976295055"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_2976295055"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_737223705"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_2976295055"/>
             <w:bookmarkEnd w:id="80"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -2336,76 +2336,76 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Residente a </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__27_737223705"/>
+                  <w:name w:val="__Fieldmark__27_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_737223705"/>
-            <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_737223705"/>
+            <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_2976295055"/>
+            <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_2976295055"/>
             <w:bookmarkEnd w:id="82"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_737223705"/>
+            <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_2976295055"/>
             <w:bookmarkEnd w:id="83"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -2416,76 +2416,76 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">CAP </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__28_737223705"/>
+                  <w:name w:val="__Fieldmark__28_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_737223705"/>
-            <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_737223705"/>
+            <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_2976295055"/>
+            <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_2976295055"/>
             <w:bookmarkEnd w:id="85"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_737223705"/>
+            <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_2976295055"/>
             <w:bookmarkEnd w:id="86"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2497,75 +2497,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prov. </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__29_737223705"/>
+                  <w:name w:val="__Fieldmark__29_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_737223705"/>
-            <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_737223705"/>
+            <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_2976295055"/>
+            <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_2976295055"/>
             <w:bookmarkEnd w:id="88"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_737223705"/>
+            <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_2976295055"/>
             <w:bookmarkEnd w:id="89"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7567" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -2576,120 +2576,120 @@
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Indirizzo </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__30_737223705"/>
+                  <w:name w:val="__Fieldmark__30_2976295055"/>
                   <w:enabled/>
                   <w:ddList>
                     <w:result w:val="0"/>
                     <w:listEntry w:val="Via"/>
                     <w:listEntry w:val="Viale"/>
                     <w:listEntry w:val="Vicolo"/>
                     <w:listEntry w:val="Piazza"/>
                     <w:listEntry w:val="Piazzale"/>
                     <w:listEntry w:val="Largo"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_737223705"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_737223705"/>
+            <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_2976295055"/>
+            <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_2976295055"/>
+            <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_2976295055"/>
             <w:bookmarkEnd w:id="92"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__31_737223705"/>
+                  <w:name w:val="__Fieldmark__31_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_737223705"/>
-            <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_737223705"/>
+            <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_2976295055"/>
+            <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_2976295055"/>
             <w:bookmarkEnd w:id="94"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_737223705"/>
+            <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_2976295055"/>
             <w:bookmarkEnd w:id="95"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
@@ -2708,75 +2708,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">n. </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__32_737223705"/>
+                  <w:name w:val="__Fieldmark__32_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_737223705"/>
-            <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_737223705"/>
+            <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_2976295055"/>
+            <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_2976295055"/>
             <w:bookmarkEnd w:id="97"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_737223705"/>
+            <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_2976295055"/>
             <w:bookmarkEnd w:id="98"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -2793,75 +2793,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Recapito telefonico </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__33_737223705"/>
+                  <w:name w:val="__Fieldmark__33_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="99" w:name="__Fieldmark__33_737223705"/>
-            <w:bookmarkStart w:id="100" w:name="__Fieldmark__33_737223705"/>
+            <w:bookmarkStart w:id="99" w:name="__Fieldmark__33_2976295055"/>
+            <w:bookmarkStart w:id="100" w:name="__Fieldmark__33_2976295055"/>
             <w:bookmarkEnd w:id="100"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="101" w:name="__Fieldmark__33_737223705"/>
+            <w:bookmarkStart w:id="101" w:name="__Fieldmark__33_2976295055"/>
             <w:bookmarkEnd w:id="101"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4734" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -2875,75 +2875,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__34_737223705"/>
+                  <w:name w:val="__Fieldmark__34_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="102" w:name="__Fieldmark__34_737223705"/>
-            <w:bookmarkStart w:id="103" w:name="__Fieldmark__34_737223705"/>
+            <w:bookmarkStart w:id="102" w:name="__Fieldmark__34_2976295055"/>
+            <w:bookmarkStart w:id="103" w:name="__Fieldmark__34_2976295055"/>
             <w:bookmarkEnd w:id="103"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="104" w:name="__Fieldmark__34_737223705"/>
+            <w:bookmarkStart w:id="104" w:name="__Fieldmark__34_2976295055"/>
             <w:bookmarkEnd w:id="104"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:b/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -3085,76 +3085,76 @@
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__35_737223705"/>
+                  <w:name w:val="__Fieldmark__35_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="105" w:name="__Fieldmark__35_737223705"/>
-            <w:bookmarkStart w:id="106" w:name="__Fieldmark__35_737223705"/>
+            <w:bookmarkStart w:id="105" w:name="__Fieldmark__35_2976295055"/>
+            <w:bookmarkStart w:id="106" w:name="__Fieldmark__35_2976295055"/>
             <w:bookmarkEnd w:id="106"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="107" w:name="__Fieldmark__35_737223705"/>
+            <w:bookmarkStart w:id="107" w:name="__Fieldmark__35_2976295055"/>
             <w:bookmarkEnd w:id="107"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="355" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3165,76 +3165,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__36_737223705"/>
+                  <w:name w:val="__Fieldmark__36_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="108" w:name="__Fieldmark__36_737223705"/>
-            <w:bookmarkStart w:id="109" w:name="__Fieldmark__36_737223705"/>
+            <w:bookmarkStart w:id="108" w:name="__Fieldmark__36_2976295055"/>
+            <w:bookmarkStart w:id="109" w:name="__Fieldmark__36_2976295055"/>
             <w:bookmarkEnd w:id="109"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="110" w:name="__Fieldmark__36_737223705"/>
+            <w:bookmarkStart w:id="110" w:name="__Fieldmark__36_2976295055"/>
             <w:bookmarkEnd w:id="110"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3245,76 +3245,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__37_737223705"/>
+                  <w:name w:val="__Fieldmark__37_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="111" w:name="__Fieldmark__37_737223705"/>
-            <w:bookmarkStart w:id="112" w:name="__Fieldmark__37_737223705"/>
+            <w:bookmarkStart w:id="111" w:name="__Fieldmark__37_2976295055"/>
+            <w:bookmarkStart w:id="112" w:name="__Fieldmark__37_2976295055"/>
             <w:bookmarkEnd w:id="112"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="113" w:name="__Fieldmark__37_737223705"/>
+            <w:bookmarkStart w:id="113" w:name="__Fieldmark__37_2976295055"/>
             <w:bookmarkEnd w:id="113"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3324,152 +3324,152 @@
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__38_737223705"/>
+                  <w:name w:val="__Fieldmark__38_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="114" w:name="__Fieldmark__38_737223705"/>
-            <w:bookmarkStart w:id="115" w:name="__Fieldmark__38_737223705"/>
+            <w:bookmarkStart w:id="114" w:name="__Fieldmark__38_2976295055"/>
+            <w:bookmarkStart w:id="115" w:name="__Fieldmark__38_2976295055"/>
             <w:bookmarkEnd w:id="115"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="116" w:name="__Fieldmark__38_737223705"/>
+            <w:bookmarkStart w:id="116" w:name="__Fieldmark__38_2976295055"/>
             <w:bookmarkEnd w:id="116"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__39_737223705"/>
+                  <w:name w:val="__Fieldmark__39_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="117" w:name="__Fieldmark__39_737223705"/>
-            <w:bookmarkStart w:id="118" w:name="__Fieldmark__39_737223705"/>
+            <w:bookmarkStart w:id="117" w:name="__Fieldmark__39_2976295055"/>
+            <w:bookmarkStart w:id="118" w:name="__Fieldmark__39_2976295055"/>
             <w:bookmarkEnd w:id="118"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="119" w:name="__Fieldmark__39_737223705"/>
+            <w:bookmarkStart w:id="119" w:name="__Fieldmark__39_2976295055"/>
             <w:bookmarkEnd w:id="119"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3478,76 +3478,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__40_737223705"/>
+                  <w:name w:val="__Fieldmark__40_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="120" w:name="__Fieldmark__40_737223705"/>
-            <w:bookmarkStart w:id="121" w:name="__Fieldmark__40_737223705"/>
+            <w:bookmarkStart w:id="120" w:name="__Fieldmark__40_2976295055"/>
+            <w:bookmarkStart w:id="121" w:name="__Fieldmark__40_2976295055"/>
             <w:bookmarkEnd w:id="121"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="122" w:name="__Fieldmark__40_737223705"/>
+            <w:bookmarkStart w:id="122" w:name="__Fieldmark__40_2976295055"/>
             <w:bookmarkEnd w:id="122"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3556,76 +3556,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__41_737223705"/>
+                  <w:name w:val="__Fieldmark__41_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="123" w:name="__Fieldmark__41_737223705"/>
-            <w:bookmarkStart w:id="124" w:name="__Fieldmark__41_737223705"/>
+            <w:bookmarkStart w:id="123" w:name="__Fieldmark__41_2976295055"/>
+            <w:bookmarkStart w:id="124" w:name="__Fieldmark__41_2976295055"/>
             <w:bookmarkEnd w:id="124"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="125" w:name="__Fieldmark__41_737223705"/>
+            <w:bookmarkStart w:id="125" w:name="__Fieldmark__41_2976295055"/>
             <w:bookmarkEnd w:id="125"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3634,76 +3634,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__42_737223705"/>
+                  <w:name w:val="__Fieldmark__42_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="126" w:name="__Fieldmark__42_737223705"/>
-            <w:bookmarkStart w:id="127" w:name="__Fieldmark__42_737223705"/>
+            <w:bookmarkStart w:id="126" w:name="__Fieldmark__42_2976295055"/>
+            <w:bookmarkStart w:id="127" w:name="__Fieldmark__42_2976295055"/>
             <w:bookmarkEnd w:id="127"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="128" w:name="__Fieldmark__42_737223705"/>
+            <w:bookmarkStart w:id="128" w:name="__Fieldmark__42_2976295055"/>
             <w:bookmarkEnd w:id="128"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3712,76 +3712,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__43_737223705"/>
+                  <w:name w:val="__Fieldmark__43_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="129" w:name="__Fieldmark__43_737223705"/>
-            <w:bookmarkStart w:id="130" w:name="__Fieldmark__43_737223705"/>
+            <w:bookmarkStart w:id="129" w:name="__Fieldmark__43_2976295055"/>
+            <w:bookmarkStart w:id="130" w:name="__Fieldmark__43_2976295055"/>
             <w:bookmarkEnd w:id="130"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="131" w:name="__Fieldmark__43_737223705"/>
+            <w:bookmarkStart w:id="131" w:name="__Fieldmark__43_2976295055"/>
             <w:bookmarkEnd w:id="131"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="22"/>
@@ -3989,76 +3989,76 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__44_737223705"/>
+                  <w:name w:val="__Fieldmark__44_2976295055"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="132" w:name="__Fieldmark__44_737223705"/>
-            <w:bookmarkStart w:id="133" w:name="__Fieldmark__44_737223705"/>
+            <w:bookmarkStart w:id="132" w:name="__Fieldmark__44_2976295055"/>
+            <w:bookmarkStart w:id="133" w:name="__Fieldmark__44_2976295055"/>
             <w:bookmarkEnd w:id="133"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="134" w:name="__Fieldmark__44_737223705"/>
+            <w:bookmarkStart w:id="134" w:name="__Fieldmark__44_2976295055"/>
             <w:bookmarkEnd w:id="134"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>