--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -14,131 +14,131 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:b/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2976295055"/>
+            <w:name w:val="__Fieldmark__0_3863210966"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2976295055"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2976295055"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3863210966"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3863210966"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>DICHIARAZIONE SOSTITUTIVA DI CERTIFICAZIONE</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2976295055"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3863210966"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:i/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2976295055"/>
+            <w:name w:val="__Fieldmark__1_3863210966"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2976295055"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2976295055"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3863210966"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3863210966"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(Art. 46 D.P.R. n. 445 del 28.12.2000)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2976295055"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3863210966"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Trebuchet MS" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -334,76 +334,76 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognome </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__2_2976295055"/>
+                  <w:name w:val="__Fieldmark__2_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2976295055"/>
-            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2976295055"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3863210966"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3863210966"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2976295055"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3863210966"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4734" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -418,77 +418,77 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__3_2976295055"/>
+                  <w:name w:val="__Fieldmark__3_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2976295055"/>
-            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2976295055"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3863210966"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3863210966"/>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2976295055"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3863210966"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2847" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
@@ -507,75 +507,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Data di nascita </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__4_2976295055"/>
+                  <w:name w:val="__Fieldmark__4_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2976295055"/>
-            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2976295055"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3863210966"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3863210966"/>
             <w:bookmarkEnd w:id="13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2976295055"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3863210966"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4185" w:type="dxa"/>
@@ -595,75 +595,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cittadinanza </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__5_2976295055"/>
+                  <w:name w:val="__Fieldmark__5_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2976295055"/>
-            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2976295055"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3863210966"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3863210966"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2976295055"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3863210966"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -692,93 +692,93 @@
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sesso  </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2976295055"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2976295055"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3863210966"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3863210966"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3863210966"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> M        </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2976295055"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2976295055"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3863210966"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3863210966"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3863210966"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> F</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
@@ -801,75 +801,75 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Stato di nascita </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__8_2976295055"/>
+                  <w:name w:val="__Fieldmark__8_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2976295055"/>
-            <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2976295055"/>
+            <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3863210966"/>
+            <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3863210966"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2976295055"/>
+            <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3863210966"/>
             <w:bookmarkEnd w:id="26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4347" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -880,75 +880,75 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comune di nascita </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__9_2976295055"/>
+                  <w:name w:val="__Fieldmark__9_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2976295055"/>
-            <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2976295055"/>
+            <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3863210966"/>
+            <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3863210966"/>
             <w:bookmarkEnd w:id="28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2976295055"/>
+            <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3863210966"/>
             <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -960,75 +960,75 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prov. </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__10_2976295055"/>
+                  <w:name w:val="__Fieldmark__10_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2976295055"/>
-            <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2976295055"/>
+            <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3863210966"/>
+            <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3863210966"/>
             <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2976295055"/>
+            <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3863210966"/>
             <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -1076,1205 +1076,1205 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__11_2976295055"/>
+                  <w:name w:val="__Fieldmark__11_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2976295055"/>
-            <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2976295055"/>
+            <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3863210966"/>
+            <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3863210966"/>
             <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2976295055"/>
+            <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3863210966"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__12_2976295055"/>
+                  <w:name w:val="__Fieldmark__12_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2976295055"/>
-            <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2976295055"/>
+            <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3863210966"/>
+            <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3863210966"/>
             <w:bookmarkEnd w:id="37"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2976295055"/>
+            <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3863210966"/>
             <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__13_2976295055"/>
+                  <w:name w:val="__Fieldmark__13_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2976295055"/>
-            <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2976295055"/>
+            <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3863210966"/>
+            <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3863210966"/>
             <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2976295055"/>
+            <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3863210966"/>
             <w:bookmarkEnd w:id="41"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__14_2976295055"/>
+                  <w:name w:val="__Fieldmark__14_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2976295055"/>
-            <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2976295055"/>
+            <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3863210966"/>
+            <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3863210966"/>
             <w:bookmarkEnd w:id="43"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2976295055"/>
+            <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3863210966"/>
             <w:bookmarkEnd w:id="44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__15_2976295055"/>
+                  <w:name w:val="__Fieldmark__15_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2976295055"/>
-            <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_2976295055"/>
+            <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3863210966"/>
+            <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3863210966"/>
             <w:bookmarkEnd w:id="46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2976295055"/>
+            <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3863210966"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__16_2976295055"/>
+                  <w:name w:val="__Fieldmark__16_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2976295055"/>
-            <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_2976295055"/>
+            <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3863210966"/>
+            <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3863210966"/>
             <w:bookmarkEnd w:id="49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2976295055"/>
+            <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3863210966"/>
             <w:bookmarkEnd w:id="50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__17_2976295055"/>
+                  <w:name w:val="__Fieldmark__17_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2976295055"/>
-            <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2976295055"/>
+            <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3863210966"/>
+            <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3863210966"/>
             <w:bookmarkEnd w:id="52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2976295055"/>
+            <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3863210966"/>
             <w:bookmarkEnd w:id="53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__18_2976295055"/>
+                  <w:name w:val="__Fieldmark__18_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2976295055"/>
-            <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_2976295055"/>
+            <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3863210966"/>
+            <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3863210966"/>
             <w:bookmarkEnd w:id="55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2976295055"/>
+            <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3863210966"/>
             <w:bookmarkEnd w:id="56"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__19_2976295055"/>
+                  <w:name w:val="__Fieldmark__19_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2976295055"/>
-            <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_2976295055"/>
+            <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3863210966"/>
+            <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3863210966"/>
             <w:bookmarkEnd w:id="58"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2976295055"/>
+            <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3863210966"/>
             <w:bookmarkEnd w:id="59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__20_2976295055"/>
+                  <w:name w:val="__Fieldmark__20_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2976295055"/>
-            <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_2976295055"/>
+            <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3863210966"/>
+            <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3863210966"/>
             <w:bookmarkEnd w:id="61"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2976295055"/>
+            <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3863210966"/>
             <w:bookmarkEnd w:id="62"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__21_2976295055"/>
+                  <w:name w:val="__Fieldmark__21_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2976295055"/>
-            <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_2976295055"/>
+            <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3863210966"/>
+            <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3863210966"/>
             <w:bookmarkEnd w:id="64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2976295055"/>
+            <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3863210966"/>
             <w:bookmarkEnd w:id="65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__22_2976295055"/>
+                  <w:name w:val="__Fieldmark__22_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_2976295055"/>
-            <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_2976295055"/>
+            <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_3863210966"/>
+            <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_3863210966"/>
             <w:bookmarkEnd w:id="67"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_2976295055"/>
+            <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_3863210966"/>
             <w:bookmarkEnd w:id="68"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__23_2976295055"/>
+                  <w:name w:val="__Fieldmark__23_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_2976295055"/>
-            <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_2976295055"/>
+            <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_3863210966"/>
+            <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_3863210966"/>
             <w:bookmarkEnd w:id="70"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_2976295055"/>
+            <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_3863210966"/>
             <w:bookmarkEnd w:id="71"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__24_2976295055"/>
+                  <w:name w:val="__Fieldmark__24_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_2976295055"/>
-            <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_2976295055"/>
+            <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_3863210966"/>
+            <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_3863210966"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_2976295055"/>
+            <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_3863210966"/>
             <w:bookmarkEnd w:id="74"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__25_2976295055"/>
+                  <w:name w:val="__Fieldmark__25_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_2976295055"/>
-            <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_2976295055"/>
+            <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_3863210966"/>
+            <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_3863210966"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_2976295055"/>
+            <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_3863210966"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:b/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__26_2976295055"/>
+                  <w:name w:val="__Fieldmark__26_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_2976295055"/>
-            <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_2976295055"/>
+            <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_3863210966"/>
+            <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_3863210966"/>
             <w:bookmarkEnd w:id="79"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_2976295055"/>
+            <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_3863210966"/>
             <w:bookmarkEnd w:id="80"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -2336,76 +2336,76 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Residente a </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__27_2976295055"/>
+                  <w:name w:val="__Fieldmark__27_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_2976295055"/>
-            <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_2976295055"/>
+            <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_3863210966"/>
+            <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_3863210966"/>
             <w:bookmarkEnd w:id="82"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_2976295055"/>
+            <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_3863210966"/>
             <w:bookmarkEnd w:id="83"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2179" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -2416,76 +2416,76 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">CAP </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__28_2976295055"/>
+                  <w:name w:val="__Fieldmark__28_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_2976295055"/>
-            <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_2976295055"/>
+            <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_3863210966"/>
+            <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_3863210966"/>
             <w:bookmarkEnd w:id="85"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_2976295055"/>
+            <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_3863210966"/>
             <w:bookmarkEnd w:id="86"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2497,75 +2497,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Prov. </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__29_2976295055"/>
+                  <w:name w:val="__Fieldmark__29_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_2976295055"/>
-            <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_2976295055"/>
+            <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_3863210966"/>
+            <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_3863210966"/>
             <w:bookmarkEnd w:id="88"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
-            <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_2976295055"/>
+            <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_3863210966"/>
             <w:bookmarkEnd w:id="89"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7567" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -2576,120 +2576,120 @@
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Indirizzo </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__30_2976295055"/>
+                  <w:name w:val="__Fieldmark__30_3863210966"/>
                   <w:enabled/>
                   <w:ddList>
                     <w:result w:val="0"/>
                     <w:listEntry w:val="Via"/>
                     <w:listEntry w:val="Viale"/>
                     <w:listEntry w:val="Vicolo"/>
                     <w:listEntry w:val="Piazza"/>
                     <w:listEntry w:val="Piazzale"/>
                     <w:listEntry w:val="Largo"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_2976295055"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_2976295055"/>
+            <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_3863210966"/>
+            <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_3863210966"/>
+            <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_3863210966"/>
             <w:bookmarkEnd w:id="92"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__31_2976295055"/>
+                  <w:name w:val="__Fieldmark__31_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_2976295055"/>
-            <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_2976295055"/>
+            <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_3863210966"/>
+            <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_3863210966"/>
             <w:bookmarkEnd w:id="94"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_2976295055"/>
+            <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_3863210966"/>
             <w:bookmarkEnd w:id="95"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2023" w:type="dxa"/>
@@ -2708,75 +2708,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">n. </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__32_2976295055"/>
+                  <w:name w:val="__Fieldmark__32_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_2976295055"/>
-            <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_2976295055"/>
+            <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_3863210966"/>
+            <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_3863210966"/>
             <w:bookmarkEnd w:id="97"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_2976295055"/>
+            <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_3863210966"/>
             <w:bookmarkEnd w:id="98"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -2793,75 +2793,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Recapito telefonico </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__33_2976295055"/>
+                  <w:name w:val="__Fieldmark__33_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="99" w:name="__Fieldmark__33_2976295055"/>
-            <w:bookmarkStart w:id="100" w:name="__Fieldmark__33_2976295055"/>
+            <w:bookmarkStart w:id="99" w:name="__Fieldmark__33_3863210966"/>
+            <w:bookmarkStart w:id="100" w:name="__Fieldmark__33_3863210966"/>
             <w:bookmarkEnd w:id="100"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="101" w:name="__Fieldmark__33_2976295055"/>
+            <w:bookmarkStart w:id="101" w:name="__Fieldmark__33_3863210966"/>
             <w:bookmarkEnd w:id="101"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4734" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -2875,75 +2875,75 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__34_2976295055"/>
+                  <w:name w:val="__Fieldmark__34_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="102" w:name="__Fieldmark__34_2976295055"/>
-            <w:bookmarkStart w:id="103" w:name="__Fieldmark__34_2976295055"/>
+            <w:bookmarkStart w:id="102" w:name="__Fieldmark__34_3863210966"/>
+            <w:bookmarkStart w:id="103" w:name="__Fieldmark__34_3863210966"/>
             <w:bookmarkEnd w:id="103"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="104" w:name="__Fieldmark__34_2976295055"/>
+            <w:bookmarkStart w:id="104" w:name="__Fieldmark__34_3863210966"/>
             <w:bookmarkEnd w:id="104"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:b/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -3085,76 +3085,76 @@
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__35_2976295055"/>
+                  <w:name w:val="__Fieldmark__35_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="105" w:name="__Fieldmark__35_2976295055"/>
-            <w:bookmarkStart w:id="106" w:name="__Fieldmark__35_2976295055"/>
+            <w:bookmarkStart w:id="105" w:name="__Fieldmark__35_3863210966"/>
+            <w:bookmarkStart w:id="106" w:name="__Fieldmark__35_3863210966"/>
             <w:bookmarkEnd w:id="106"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="107" w:name="__Fieldmark__35_2976295055"/>
+            <w:bookmarkStart w:id="107" w:name="__Fieldmark__35_3863210966"/>
             <w:bookmarkEnd w:id="107"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="355" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3165,76 +3165,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__36_2976295055"/>
+                  <w:name w:val="__Fieldmark__36_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="108" w:name="__Fieldmark__36_2976295055"/>
-            <w:bookmarkStart w:id="109" w:name="__Fieldmark__36_2976295055"/>
+            <w:bookmarkStart w:id="108" w:name="__Fieldmark__36_3863210966"/>
+            <w:bookmarkStart w:id="109" w:name="__Fieldmark__36_3863210966"/>
             <w:bookmarkEnd w:id="109"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="110" w:name="__Fieldmark__36_2976295055"/>
+            <w:bookmarkStart w:id="110" w:name="__Fieldmark__36_3863210966"/>
             <w:bookmarkEnd w:id="110"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3245,76 +3245,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__37_2976295055"/>
+                  <w:name w:val="__Fieldmark__37_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="111" w:name="__Fieldmark__37_2976295055"/>
-            <w:bookmarkStart w:id="112" w:name="__Fieldmark__37_2976295055"/>
+            <w:bookmarkStart w:id="111" w:name="__Fieldmark__37_3863210966"/>
+            <w:bookmarkStart w:id="112" w:name="__Fieldmark__37_3863210966"/>
             <w:bookmarkEnd w:id="112"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="113" w:name="__Fieldmark__37_2976295055"/>
+            <w:bookmarkStart w:id="113" w:name="__Fieldmark__37_3863210966"/>
             <w:bookmarkEnd w:id="113"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="353" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3324,152 +3324,152 @@
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__38_2976295055"/>
+                  <w:name w:val="__Fieldmark__38_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="114" w:name="__Fieldmark__38_2976295055"/>
-            <w:bookmarkStart w:id="115" w:name="__Fieldmark__38_2976295055"/>
+            <w:bookmarkStart w:id="114" w:name="__Fieldmark__38_3863210966"/>
+            <w:bookmarkStart w:id="115" w:name="__Fieldmark__38_3863210966"/>
             <w:bookmarkEnd w:id="115"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="116" w:name="__Fieldmark__38_2976295055"/>
+            <w:bookmarkStart w:id="116" w:name="__Fieldmark__38_3863210966"/>
             <w:bookmarkEnd w:id="116"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__39_2976295055"/>
+                  <w:name w:val="__Fieldmark__39_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="117" w:name="__Fieldmark__39_2976295055"/>
-            <w:bookmarkStart w:id="118" w:name="__Fieldmark__39_2976295055"/>
+            <w:bookmarkStart w:id="117" w:name="__Fieldmark__39_3863210966"/>
+            <w:bookmarkStart w:id="118" w:name="__Fieldmark__39_3863210966"/>
             <w:bookmarkEnd w:id="118"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="119" w:name="__Fieldmark__39_2976295055"/>
+            <w:bookmarkStart w:id="119" w:name="__Fieldmark__39_3863210966"/>
             <w:bookmarkEnd w:id="119"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3478,76 +3478,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__40_2976295055"/>
+                  <w:name w:val="__Fieldmark__40_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="120" w:name="__Fieldmark__40_2976295055"/>
-            <w:bookmarkStart w:id="121" w:name="__Fieldmark__40_2976295055"/>
+            <w:bookmarkStart w:id="120" w:name="__Fieldmark__40_3863210966"/>
+            <w:bookmarkStart w:id="121" w:name="__Fieldmark__40_3863210966"/>
             <w:bookmarkEnd w:id="121"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="122" w:name="__Fieldmark__40_2976295055"/>
+            <w:bookmarkStart w:id="122" w:name="__Fieldmark__40_3863210966"/>
             <w:bookmarkEnd w:id="122"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3556,76 +3556,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__41_2976295055"/>
+                  <w:name w:val="__Fieldmark__41_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="123" w:name="__Fieldmark__41_2976295055"/>
-            <w:bookmarkStart w:id="124" w:name="__Fieldmark__41_2976295055"/>
+            <w:bookmarkStart w:id="123" w:name="__Fieldmark__41_3863210966"/>
+            <w:bookmarkStart w:id="124" w:name="__Fieldmark__41_3863210966"/>
             <w:bookmarkEnd w:id="124"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="125" w:name="__Fieldmark__41_2976295055"/>
+            <w:bookmarkStart w:id="125" w:name="__Fieldmark__41_3863210966"/>
             <w:bookmarkEnd w:id="125"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3634,76 +3634,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__42_2976295055"/>
+                  <w:name w:val="__Fieldmark__42_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="126" w:name="__Fieldmark__42_2976295055"/>
-            <w:bookmarkStart w:id="127" w:name="__Fieldmark__42_2976295055"/>
+            <w:bookmarkStart w:id="126" w:name="__Fieldmark__42_3863210966"/>
+            <w:bookmarkStart w:id="127" w:name="__Fieldmark__42_3863210966"/>
             <w:bookmarkEnd w:id="127"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="128" w:name="__Fieldmark__42_2976295055"/>
+            <w:bookmarkStart w:id="128" w:name="__Fieldmark__42_3863210966"/>
             <w:bookmarkEnd w:id="128"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="379" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9607" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
@@ -3712,76 +3712,76 @@
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3686" w:leader="none"/>
                 <w:tab w:val="left" w:pos="6663" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9639" w:leader="none"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__43_2976295055"/>
+                  <w:name w:val="__Fieldmark__43_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="129" w:name="__Fieldmark__43_2976295055"/>
-            <w:bookmarkStart w:id="130" w:name="__Fieldmark__43_2976295055"/>
+            <w:bookmarkStart w:id="129" w:name="__Fieldmark__43_3863210966"/>
+            <w:bookmarkStart w:id="130" w:name="__Fieldmark__43_3863210966"/>
             <w:bookmarkEnd w:id="130"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="131" w:name="__Fieldmark__43_2976295055"/>
+            <w:bookmarkStart w:id="131" w:name="__Fieldmark__43_3863210966"/>
             <w:bookmarkEnd w:id="131"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TextBody"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
           <w:sz w:val="22"/>
@@ -3989,76 +3989,76 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="62" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4678" w:leader="none"/>
                 <w:tab w:val="left" w:pos="9638" w:leader="none"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="__Fieldmark__44_2976295055"/>
+                  <w:name w:val="__Fieldmark__44_3863210966"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="132" w:name="__Fieldmark__44_2976295055"/>
-            <w:bookmarkStart w:id="133" w:name="__Fieldmark__44_2976295055"/>
+            <w:bookmarkStart w:id="132" w:name="__Fieldmark__44_3863210966"/>
+            <w:bookmarkStart w:id="133" w:name="__Fieldmark__44_3863210966"/>
             <w:bookmarkEnd w:id="133"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:bookmarkStart w:id="134" w:name="__Fieldmark__44_2976295055"/>
+            <w:bookmarkStart w:id="134" w:name="__Fieldmark__44_3863210966"/>
             <w:bookmarkEnd w:id="134"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Verdana" w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4734" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>